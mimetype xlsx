--- v0 (2025-10-26)
+++ v1 (2026-02-04)
@@ -10,86 +10,107 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="103">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>2740</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>2481</t>
+  </si>
+  <si>
+    <t>Lei</t>
+  </si>
+  <si>
+    <t>Lei Ordinária</t>
+  </si>
+  <si>
+    <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2025/2740/lei_2481.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano Plurianual (PPA) do Município_x000D_
+de Vale do Paraíso para o período de 2026 a 2029,_x000D_
+estabelecendo as diretrizes, objetivos e metas da_x000D_
+Administração Pública Municipal para as despesas de_x000D_
+capital e outras delas decorrentes, bem como para os_x000D_
+programas de duração continuada, e dá outras_x000D_
+providências.</t>
+  </si>
+  <si>
     <t>1104</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1097</t>
-  </si>
-[...4 lines deleted...]
-    <t>Lei Ordinária</t>
   </si>
   <si>
     <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2017/1104/LEI_1097_PPA.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO 2018-2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2013/893/LEI_888_PPA.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO 2014/2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>679</t>
   </si>
@@ -651,56 +672,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2017/1104/LEI_1097_PPA.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2013/893/LEI_888_PPA.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2009/679/LEI_669.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2007/577/LEI_564_DE_14_DE_DEZEMBRO_DE_2007.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2006/518/LEI_505_DE_17_DE_MAIO_DE_2006.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2005/463/LEI_487_DE_28_DE_NOVEMBRO_DE_2005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2003/503/LEI_405_DE_24_DE_DEZEMBRO_DE_2003.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2002/373/LEI_365_DE_12_DE_NOVEMBRO_DE_2002.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2001/317/LEI_309_DE_17_DE_JULHO_DE_2001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2000/290/LEI_282_DE_23_DE_NOVEMBRO_DE_2000.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1998/228/LEI_220_DE_23_DE_NOVEMBRO_DE_1998.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1997/175/LEI_167_DE_05_DE_AGOSTO_DE_1997.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1996/152/LEI_144_DE_29_DE_OUTUBRO_DE_1996.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1995/124/LEI_116_DE_24_DE_OUTUBRO_DE_1995.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1994/98/LEI_90_DE_17_DE_NOVEMBRO_DE_1994.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1993/62/LEI_53_DE_04_DE_NOVEMBRO_DE_1993.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1993/17/lei_n_09_de_28_de_janeiro_de_1993.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2025/2740/lei_2481.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2017/1104/LEI_1097_PPA.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2013/893/LEI_888_PPA.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2009/679/LEI_669.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2007/577/LEI_564_DE_14_DE_DEZEMBRO_DE_2007.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2006/518/LEI_505_DE_17_DE_MAIO_DE_2006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2005/463/LEI_487_DE_28_DE_NOVEMBRO_DE_2005.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2003/503/LEI_405_DE_24_DE_DEZEMBRO_DE_2003.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2002/373/LEI_365_DE_12_DE_NOVEMBRO_DE_2002.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2001/317/LEI_309_DE_17_DE_JULHO_DE_2001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2000/290/LEI_282_DE_23_DE_NOVEMBRO_DE_2000.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1998/228/LEI_220_DE_23_DE_NOVEMBRO_DE_1998.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1997/175/LEI_167_DE_05_DE_AGOSTO_DE_1997.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1996/152/LEI_144_DE_29_DE_OUTUBRO_DE_1996.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1995/124/LEI_116_DE_24_DE_OUTUBRO_DE_1995.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1994/98/LEI_90_DE_17_DE_NOVEMBRO_DE_1994.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1993/62/LEI_53_DE_04_DE_NOVEMBRO_DE_1993.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1993/17/lei_n_09_de_28_de_janeiro_de_1993.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G19"/>
+  <dimension ref="A1:G20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="111.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="185.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1089,88 +1110,112 @@
       </c>
       <c r="B18" t="s">
         <v>90</v>
       </c>
       <c r="C18" t="s">
         <v>91</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>92</v>
       </c>
       <c r="G18" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>94</v>
       </c>
       <c r="B19" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C19" t="s">
+        <v>96</v>
+      </c>
+      <c r="D19" t="s">
+        <v>10</v>
+      </c>
+      <c r="E19" t="s">
+        <v>11</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="G19" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7">
+      <c r="A20" t="s">
+        <v>99</v>
+      </c>
+      <c r="B20" t="s">
         <v>95</v>
       </c>
-      <c r="D19" t="s">
-[...9 lines deleted...]
-        <v>97</v>
+      <c r="C20" t="s">
+        <v>100</v>
+      </c>
+      <c r="D20" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="G20" t="s">
+        <v>102</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
+    <hyperlink ref="F20" r:id="rId19"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>