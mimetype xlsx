--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -48,324 +48,324 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
     <t>Lei</t>
   </si>
   <si>
     <t>Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2025/2740/lei_2481.pdf</t>
+    <t>http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2025/2740/lei_2481.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual (PPA) do Município_x000D_
 de Vale do Paraíso para o período de 2026 a 2029,_x000D_
 estabelecendo as diretrizes, objetivos e metas da_x000D_
 Administração Pública Municipal para as despesas de_x000D_
 capital e outras delas decorrentes, bem como para os_x000D_
 programas de duração continuada, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2017/1104/LEI_1097_PPA.pdf</t>
+    <t>http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2017/1104/LEI_1097_PPA.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO 2018-2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2013/893/LEI_888_PPA.pdf</t>
+    <t>http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2013/893/LEI_888_PPA.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO 2014/2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2009/679/LEI_669.pdf</t>
+    <t>http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2009/679/LEI_669.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO 2010-2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2007/577/LEI_564_DE_14_DE_DEZEMBRO_DE_2007.pdf</t>
+    <t>http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2007/577/LEI_564_DE_14_DE_DEZEMBRO_DE_2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO 2006/2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2006/518/LEI_505_DE_17_DE_MAIO_DE_2006.pdf</t>
+    <t>http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2006/518/LEI_505_DE_17_DE_MAIO_DE_2006.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A READEQUAÇÃO DO PLANO PLURIANUAL PARA O PERÍODO 2006/2009, REORDENA A LEI DE DIRETRIZES ORÇAMENTÁRIAS E FAZ ADEQUAÇÕES AO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2005/463/LEI_487_DE_28_DE_NOVEMBRO_DE_2005.pdf</t>
+    <t>http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2005/463/LEI_487_DE_28_DE_NOVEMBRO_DE_2005.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERIODO 2006/2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.valedoparaiso.ro.leg.br/media/</t>
+    <t>http://sapl.valedoparaiso.ro.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO E ATUALIZAÇÃO DO PLANO PLURIANUAL DE GOVERNO DO MUNICÍPIO DE VALE DO PARAÍSO PARA O PERÍODO DE 2002,2003,2004 E 2005.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2003/503/LEI_405_DE_24_DE_DEZEMBRO_DE_2003.pdf</t>
+    <t>http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2003/503/LEI_405_DE_24_DE_DEZEMBRO_DE_2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO E ATUALIZAÇÃO DO PLANO PLURIANUAL DE GOVERNO DO MUNICÍPIO DE VALE DO PARAÍSO PARA O PERÍODO DE 2002, 2003, 2004 E 2005.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2002/373/LEI_365_DE_12_DE_NOVEMBRO_DE_2002.pdf</t>
+    <t>http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2002/373/LEI_365_DE_12_DE_NOVEMBRO_DE_2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO E ATUALIZAÇÃO DO PLANO PLURIANUAL DE GOVERNO DO MUNICÍPIO DE VALE DO PARAÍSO PARA O PERÍODO DE 2002, 2003, 2004 E 2005</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2001/317/LEI_309_DE_17_DE_JULHO_DE_2001.pdf</t>
+    <t>http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2001/317/LEI_309_DE_17_DE_JULHO_DE_2001.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO GOVERNO MUNICIPAL DO MUNICÍPIO DE VALE DO PARAÍSO PARA O PERÍODO DE 2002, 2003, 2004 E 2005 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2000/290/LEI_282_DE_23_DE_NOVEMBRO_DE_2000.pdf</t>
+    <t>http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2000/290/LEI_282_DE_23_DE_NOVEMBRO_DE_2000.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO PLURIANUAL DO MUNICÍPIO DE VALE DO PARAÍSO PARA O PERÍODO DE 2001, 2002, 2003 E 2004 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1998/228/LEI_220_DE_23_DE_NOVEMBRO_DE_1998.pdf</t>
+    <t>http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1998/228/LEI_220_DE_23_DE_NOVEMBRO_DE_1998.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO PLURIANUAL DO MUNICÍPIO DE VALE DO PARAÍSO, PARA O PERÍODO DE 1999, 2000, 2001 E 2002 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1997/175/LEI_167_DE_05_DE_AGOSTO_DE_1997.pdf</t>
+    <t>http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1997/175/LEI_167_DE_05_DE_AGOSTO_DE_1997.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO PLURIANUAL DO MUNICÍPIO DE VALE DO PARAÍSO PARA O PERÍODO DE 1998,1999, 2000 E 2001 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1996/152/LEI_144_DE_29_DE_OUTUBRO_DE_1996.pdf</t>
+    <t>http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1996/152/LEI_144_DE_29_DE_OUTUBRO_DE_1996.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO PLURIANUAL DO MUNICÍPIO DE VALE DO PARAÍSO, PARA O PERÍODO DE 1997,1998 E 1999 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1995/124/LEI_116_DE_24_DE_OUTUBRO_DE_1995.pdf</t>
+    <t>http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1995/124/LEI_116_DE_24_DE_OUTUBRO_DE_1995.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO PLURIANUAL DO MUNICÍPIO DE VALE DO PARAÍSO, PARA O PERÍODO DE 1996,1997 E 1998 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1994/98/LEI_90_DE_17_DE_NOVEMBRO_DE_1994.pdf</t>
+    <t>http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1994/98/LEI_90_DE_17_DE_NOVEMBRO_DE_1994.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO PLURIANUAL DO MUNICÍPIO DE VALE DO PARAÍSO, PARA O PERÍODO DE 1995,1996 E 1997 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1993/62/LEI_53_DE_04_DE_NOVEMBRO_DE_1993.pdf</t>
+    <t>http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1993/62/LEI_53_DE_04_DE_NOVEMBRO_DE_1993.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO PLURIANUAL DO MUNICÍPIO DE VALE DO PARAÍSO, PARA O PERÍODO DE 1994, 1995 E 1996 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1993/17/lei_n_09_de_28_de_janeiro_de_1993.pdf</t>
+    <t>http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1993/17/lei_n_09_de_28_de_janeiro_de_1993.pdf</t>
   </si>
   <si>
     <t>APROVA O ORÇAMENTO PLURIANUAL DE INVESTIMENTO DO MUNICÍPIO DE VALE DO PARAÍSO PARA TRIÊNIO DE 1993, 1994 E 1995</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -672,66 +672,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2025/2740/lei_2481.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2017/1104/LEI_1097_PPA.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2013/893/LEI_888_PPA.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2009/679/LEI_669.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2007/577/LEI_564_DE_14_DE_DEZEMBRO_DE_2007.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2006/518/LEI_505_DE_17_DE_MAIO_DE_2006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2005/463/LEI_487_DE_28_DE_NOVEMBRO_DE_2005.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2003/503/LEI_405_DE_24_DE_DEZEMBRO_DE_2003.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2002/373/LEI_365_DE_12_DE_NOVEMBRO_DE_2002.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2001/317/LEI_309_DE_17_DE_JULHO_DE_2001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2000/290/LEI_282_DE_23_DE_NOVEMBRO_DE_2000.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1998/228/LEI_220_DE_23_DE_NOVEMBRO_DE_1998.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1997/175/LEI_167_DE_05_DE_AGOSTO_DE_1997.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1996/152/LEI_144_DE_29_DE_OUTUBRO_DE_1996.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1995/124/LEI_116_DE_24_DE_OUTUBRO_DE_1995.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1994/98/LEI_90_DE_17_DE_NOVEMBRO_DE_1994.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1993/62/LEI_53_DE_04_DE_NOVEMBRO_DE_1993.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1993/17/lei_n_09_de_28_de_janeiro_de_1993.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2025/2740/lei_2481.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2017/1104/LEI_1097_PPA.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2013/893/LEI_888_PPA.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2009/679/LEI_669.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2007/577/LEI_564_DE_14_DE_DEZEMBRO_DE_2007.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2006/518/LEI_505_DE_17_DE_MAIO_DE_2006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2005/463/LEI_487_DE_28_DE_NOVEMBRO_DE_2005.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.valedoparaiso.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2003/503/LEI_405_DE_24_DE_DEZEMBRO_DE_2003.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2002/373/LEI_365_DE_12_DE_NOVEMBRO_DE_2002.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2001/317/LEI_309_DE_17_DE_JULHO_DE_2001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2000/290/LEI_282_DE_23_DE_NOVEMBRO_DE_2000.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1998/228/LEI_220_DE_23_DE_NOVEMBRO_DE_1998.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1997/175/LEI_167_DE_05_DE_AGOSTO_DE_1997.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1996/152/LEI_144_DE_29_DE_OUTUBRO_DE_1996.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1995/124/LEI_116_DE_24_DE_OUTUBRO_DE_1995.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1994/98/LEI_90_DE_17_DE_NOVEMBRO_DE_1994.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1993/62/LEI_53_DE_04_DE_NOVEMBRO_DE_1993.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1993/17/lei_n_09_de_28_de_janeiro_de_1993.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="111.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="111" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="185.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>