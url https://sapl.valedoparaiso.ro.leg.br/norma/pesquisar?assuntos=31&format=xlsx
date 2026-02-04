--- v0 (2025-10-26)
+++ v1 (2026-02-04)
@@ -10,86 +10,103 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="203" uniqueCount="148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="210" uniqueCount="153">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>2755</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>2493</t>
+  </si>
+  <si>
+    <t>Lei</t>
+  </si>
+  <si>
+    <t>Lei Ordinária</t>
+  </si>
+  <si>
+    <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2025/2755/lei_2493.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as diretrizes para a elaboração da_x000D_
+Lei de Diretrizes Orçamentária LDO de 2026, e dá_x000D_
+outras providências.</t>
+  </si>
+  <si>
     <t>2583</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>2358</t>
-  </si>
-[...4 lines deleted...]
-    <t>Lei Ordinária</t>
   </si>
   <si>
     <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2024/2583/lei_2358.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI DE DIRETRIZES ORÇAMENTÁRIA – LDO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2020/1633/lei_1507.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
@@ -801,56 +818,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2024/2583/lei_2358.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2020/1633/lei_1507.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2019/1363/lei1318ldo_compressed.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2018/1218/lei_1197_ldo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2017/1105/LEI_1098_LDO.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2016/1081/LEI_1039_LDO.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2015/1020/LEI_990_LDO.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2014/1439/lei_ldo_2015.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2013/894/LEI_889_LDO.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2011/804/lei_796_de_30_de_dezembro_de_2011.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2009/680/LEI_670.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2008/613/LEI_601_DE_03_DE_NOVEMBRO_DE_2008.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2007/578/LEI_565_DE_14_DE_DEZEMBRO_DE_2007.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2006/538/LEI_525_DE_11_DE_DEZEMBRO_DE_2006.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2005/462/LEI_486_DE_28_DE_NOVEMBRO_DE_2005.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2004/417/LEI_441_DE_23_DE_DEZEMBRO_DE_2004.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2003/498/LEI_400_DE_08_DE_DEZEMBRO_DE_2003.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2002/374/LEI_366_DE_12_DE_NOVEMBRO_DE_2002.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2001/318/LEI_310_DE_17_DE_JULHO_DE_2001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2000/283/LEI_275_DE_16_DE_AGOSTO_DE_2000.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1999/249/LEI_241_DE_08_DE_JULHO_DE_1999.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1998/217/LEI_209_DE_29_DE_JUNHO_DE_1998.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1997/180/LEI_172_DE_15_DE_SETEMBRO_DE_1997.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1996/144/LEI_136_DE_12_DE_JUNHO_DE_1996.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1995/118/LEI_110_DE_17_DE_JULHO_DE_1995.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1994/91/LEI_83_DE_16_DE_AGOSTO_DE_1994.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1993/47/LEI_38_DE_06_DE_AGOSTO_DE_1993.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1993/9/lei_n_01_de_13_de_janeiro_de_1993.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2025/2755/lei_2493.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2024/2583/lei_2358.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2020/1633/lei_1507.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2019/1363/lei1318ldo_compressed.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2018/1218/lei_1197_ldo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2017/1105/LEI_1098_LDO.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2016/1081/LEI_1039_LDO.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2015/1020/LEI_990_LDO.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2014/1439/lei_ldo_2015.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2013/894/LEI_889_LDO.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2011/804/lei_796_de_30_de_dezembro_de_2011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2009/680/LEI_670.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2008/613/LEI_601_DE_03_DE_NOVEMBRO_DE_2008.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2007/578/LEI_565_DE_14_DE_DEZEMBRO_DE_2007.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2006/538/LEI_525_DE_11_DE_DEZEMBRO_DE_2006.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2005/462/LEI_486_DE_28_DE_NOVEMBRO_DE_2005.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2004/417/LEI_441_DE_23_DE_DEZEMBRO_DE_2004.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2003/498/LEI_400_DE_08_DE_DEZEMBRO_DE_2003.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2002/374/LEI_366_DE_12_DE_NOVEMBRO_DE_2002.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2001/318/LEI_310_DE_17_DE_JULHO_DE_2001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/2000/283/LEI_275_DE_16_DE_AGOSTO_DE_2000.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1999/249/LEI_241_DE_08_DE_JULHO_DE_1999.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1998/217/LEI_209_DE_29_DE_JUNHO_DE_1998.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1997/180/LEI_172_DE_15_DE_SETEMBRO_DE_1997.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1996/144/LEI_136_DE_12_DE_JUNHO_DE_1996.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1995/118/LEI_110_DE_17_DE_JULHO_DE_1995.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1994/91/LEI_83_DE_16_DE_AGOSTO_DE_1994.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1993/47/LEI_38_DE_06_DE_AGOSTO_DE_1993.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.valedoparaiso.ro.leg.br/media/sapl/public/normajuridica/1993/9/lei_n_01_de_13_de_janeiro_de_1993.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G29"/>
+  <dimension ref="A1:G30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="111.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="159.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1469,98 +1486,122 @@
       </c>
       <c r="B28" t="s">
         <v>140</v>
       </c>
       <c r="C28" t="s">
         <v>141</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>142</v>
       </c>
       <c r="G28" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>144</v>
       </c>
       <c r="B29" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="C29" t="s">
+        <v>146</v>
+      </c>
+      <c r="D29" t="s">
+        <v>10</v>
+      </c>
+      <c r="E29" t="s">
+        <v>11</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="G29" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7">
+      <c r="A30" t="s">
+        <v>149</v>
+      </c>
+      <c r="B30" t="s">
         <v>145</v>
       </c>
-      <c r="D29" t="s">
-[...9 lines deleted...]
-        <v>147</v>
+      <c r="C30" t="s">
+        <v>150</v>
+      </c>
+      <c r="D30" t="s">
+        <v>10</v>
+      </c>
+      <c r="E30" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="G30" t="s">
+        <v>152</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
     <hyperlink ref="F23" r:id="rId22"/>
     <hyperlink ref="F24" r:id="rId23"/>
     <hyperlink ref="F25" r:id="rId24"/>
     <hyperlink ref="F26" r:id="rId25"/>
     <hyperlink ref="F27" r:id="rId26"/>
     <hyperlink ref="F28" r:id="rId27"/>
     <hyperlink ref="F29" r:id="rId28"/>
+    <hyperlink ref="F30" r:id="rId29"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>